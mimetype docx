--- v0 (2025-10-14)
+++ v1 (2025-12-10)
@@ -1,9299 +1,7393 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="66FCBFCD" w14:textId="77777777" w:rsidR="00754303" w:rsidRPr="00AF4E84" w:rsidRDefault="00754303" w:rsidP="00AF4E84">
+    <w:p w14:paraId="0CC772B4" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әдебиеттер тізімін рәсімдеу талабы және рәсімдеу ережесі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A880CD2" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>REFERENCES</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рәсімдеуінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3060AC2A" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07B98514" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="ad"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әдебиеттер тізімі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алфавиттік ретпен беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әдебиеттер тізімінде  ағылшынтілді жарияланымдар алфавиттік ретпен бірінші беріледі, одан соң кириллицамен қазақ және орыс тілдеріндегі әдебиеттер көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7332FE1E" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4E84">
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Appendix</w:t>
+        <w:t xml:space="preserve">References </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:color w:val="333333"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4E84">
+        <w:t>сәйкес түрде  жоғарыдағыдай алфавиттік тәртіппен  беріледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rStyle w:val="ad"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECA9713" w14:textId="77777777" w:rsidR="00BC0C67" w:rsidRPr="00AF4E84" w:rsidRDefault="00BC0C67" w:rsidP="00AF4E84">
+    <w:p w14:paraId="064BCB66" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-[...93 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4E84">
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>References төмендегідей ережеге сәйкес рәсімделу керек:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...90 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="543B8850" w14:textId="08FA415E" w:rsidR="006F1FAB" w:rsidRPr="00AF4E84" w:rsidRDefault="00455AC3" w:rsidP="00AF4E84">
+    <w:p w14:paraId="24C6BD55" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="ad"/>
-[...2 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF4E84">
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>The arrangement of references is governed by the following principles:</w:t>
+        <w:t xml:space="preserve">Қазақ және орыс тіліндегі дереккөздерді шетелдік мамандардың анықтауы қиын; сондықтан халықаралық стандарттарға сәйкес дереккөздің түпнұсқа атауы сипаттамаларда </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AF4E84">
+        <w:t>курсивпен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Given the challenge that Kazakh and Russian sources pose to foreign experts in terms of identification, it is necessary to italicize the original name of the source in the descriptions, as is typically required by most foreign standards. </w:t>
+        <w:t xml:space="preserve"> белгіленуі тиіс. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E6914">
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">All fundamental publishing information must be presented in English, including the designation of the volume and issue number, the number of pages, and the place of publication, which is the city of publication and the </w:t>
+        <w:t>Барлық негізгі библиографиялық мәліметтер ағылшын тілінде берілуі керек, соның ішінде журнал сипаттамалары (том, шығарылым, беттер), кітап сипаттамалары (басылым орны – қала, баспаның атауы (аударылмайтын өзіндік атаулардан басқа), ұжымдық монографиялар, жинақтар, журналдар және авторлардың толық аты–жөні).</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E6914">
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-[...71 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E6914">
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">The title of an article in a journal, </w:t>
+        <w:t>Журналдағы немесе жинақтағы мақаланың атауы, монография атауы және ұжымдық монографиядағы бөлім транслитерациялануы қажет.</w:t>
       </w:r>
-      <w:r w:rsidR="00703A6D" w:rsidRPr="007E6914">
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кириллицадан латынға транслитерациялауда («МВД» опциясын таңдау арқылы) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:val="ru-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:val="ru-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "http://www.translit.ru"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:val="ru-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:val="ru-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>http://www.translit.ru</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:val="ru-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайтындағы автоматты жүйені қолдануға кеңес береміз. Қазақ тілін кириллицадан латын әліпбиіне түрлендіргіш </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:val="ru-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:val="ru-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://qazlat.kz/ru"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:val="ru-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:val="ru-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>proceedings</w:t>
+        <w:t>https://qazlat.kz/ru</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E6914">
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:kern w:val="2"/>
+          <w:lang w:val="ru-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775A1EF9" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>, or section of a monograph is transliterated.</w:t>
+        <w:t xml:space="preserve">Мұрағаттық дереккөздер: </w:t>
       </w:r>
-      <w:r w:rsidR="0000288E" w:rsidRPr="0000288E">
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соңғы сілтемелерге сәйкес нөмірленген жеке тізіммен рәсімделеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4E84">
+      <w:r w:rsidRPr="00864CA6">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">For transliteration from Cyrillic to Latin, the automatic transliteration system at </w:t>
+        <w:t xml:space="preserve">– Ескертулер (мақала тіліне сәйкес). Мәтінде соңғы сілтемелерімен мақала соңында әдебиеттер тізімі мен реферанстың алдында беріледі. Мұрағат құжаттарын сипаттаған кезде құжат атауы (түпнұсқа тілінде), мұрағат атауы, қордың нөмірі, тізімдеме нөмірі, іс нөмірі, құжаттағы жалпы парақ саны (мақала тілінде)  міндетті түрде көрсетіледі. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
-[...149 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="af1"/>
+        <w:tblStyle w:val="11"/>
         <w:tblW w:w="14589" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1776"/>
         <w:gridCol w:w="1782"/>
         <w:gridCol w:w="4659"/>
         <w:gridCol w:w="6362"/>
         <w:gridCol w:w="10"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w14:paraId="5698B5A7" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="16802C70" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D07EBA2" w14:textId="4BE0A964" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00111085" w:rsidP="00AF4E84">
+          <w:p w14:paraId="57632008" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>Type of publication</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жарияланым түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04E71505" w14:textId="0CD10198" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00111085" w:rsidP="00AF4E84">
+          <w:p w14:paraId="10D0AA33" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...70 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәтіндегі сілтеме үлгісі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4659" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33E7A348" w14:textId="188FBF4E" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00111085" w:rsidP="00AF4E84">
+          <w:p w14:paraId="301E3175" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...7 lines deleted...]
-              <w:t>The list of references</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдебиеттер тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="586FDDB1" w14:textId="04FC7B04" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00AB29BF" w:rsidP="00AF4E84">
+          <w:p w14:paraId="115C218F" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>References</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w14:paraId="28705FB6" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="4AF7E2D1" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B7DA627" w14:textId="3D172CED" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00D67F65" w:rsidP="00AF4E84">
+          <w:p w14:paraId="4E359516" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:after="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Монография:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78A54302" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B8DCA1B" w14:textId="77777777" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00AB29BF" w:rsidP="00AF4E84">
+          <w:p w14:paraId="770891A5" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(Алексеев 1966)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CBE15C4" w14:textId="3B1B6F39" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00AB29BF" w:rsidP="00AF4E84">
+          <w:p w14:paraId="1EC852C4" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-              <w:t>(Алексеев 1996: 14-15)</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(Алексеев 1996: 14–15)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4659" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8F0A52" w14:textId="301E12A5" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00AB29BF" w:rsidP="00AF4E84">
+          <w:p w14:paraId="061BEB5E" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Алексеев </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>В.П</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Остеометрия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. Методика антропологических исследований. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Москва: Наука. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">1966. 251 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E5C01E1" w14:textId="77777777" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00AB29BF" w:rsidP="00AF4E84">
+          <w:p w14:paraId="78213788" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC0FB2B" w14:textId="6753D5E8" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00AB29BF" w:rsidP="00AF4E84">
+          <w:p w14:paraId="2D5C5A10" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:i/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...24 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alekseev V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Osteometriya</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Metodika</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>antropologicheskikh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>issledovanii</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>̆</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Moscow: "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Nauka</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Publ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>. 1966. 251 р.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C27FF">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009C27FF">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Russian) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006516ED" w:rsidRPr="00397006" w14:paraId="0D7430AF" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="601A92D7" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13D728B1" w14:textId="45F8822D" w:rsidR="00D67F65" w:rsidRPr="00AF4E84" w:rsidRDefault="00D67F65" w:rsidP="00AF4E84">
+          <w:p w14:paraId="22C53EF3" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:after="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...21 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұжымдық монография</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7110A255" w14:textId="77777777" w:rsidR="006516ED" w:rsidRPr="00AF4E84" w:rsidRDefault="006516ED" w:rsidP="00AF4E84">
+          <w:p w14:paraId="040CADA6" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(Очерки по истории…2022)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AD08570" w14:textId="74421A3E" w:rsidR="006516ED" w:rsidRPr="00AF4E84" w:rsidRDefault="006516ED" w:rsidP="00AF4E84">
+          <w:p w14:paraId="756E63B6" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(Очерки по истории…2022: 158)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4659" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9BBFAC" w14:textId="08F4873D" w:rsidR="006516ED" w:rsidRPr="00AF4E84" w:rsidRDefault="006516ED" w:rsidP="00AF4E84">
+          <w:p w14:paraId="26F435FA" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:after="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00397006">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Очерки по истории традиционной структуры казахов в первые советские десятилетия: социально–экономические и социокультурные аспекты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Абылхожин</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Ж.Б</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Алимбай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Н.А</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Турганбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Л.Р</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Орынбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Г.У</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Жумадил</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>А.К</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. Алматы: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>LEM</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00397006">
-[...13 lines deleted...]
-              <w:t>2022. 455 с.</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. 2022. 455 с.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E152D34" w14:textId="3BA19BD1" w:rsidR="006516ED" w:rsidRPr="009C27FF" w:rsidRDefault="00397006" w:rsidP="00AF4E84">
+          <w:p w14:paraId="01C79137" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...282 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Essays on the History of the Traditional Structure of the Kazakhs in the Early Soviet Decades: Socio–Economic and Socio–Cultural Aspects</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="006516ED" w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Abylkhozhin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="006516ED" w:rsidRPr="00397006">
-[...41 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zh.B</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="006516ED" w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Alimbay</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="006516ED" w:rsidRPr="00397006">
-[...39 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N.A., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Turganbayeva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>L.R</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="006516ED" w:rsidRPr="00AF4E84">
-[...61 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Orynbayeva</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="006516ED" w:rsidRPr="00397006">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> G.U., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zhumadil</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="006516ED" w:rsidRPr="00397006">
-[...103 lines deleted...]
-              <w:t>(In Russian)</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A.K. Almaty: LEM. 2022. 455 p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w14:paraId="18E71F44" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="514AA891" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AFE23C5" w14:textId="07FE686B" w:rsidR="00D67F65" w:rsidRPr="00AF4E84" w:rsidRDefault="00D67F65" w:rsidP="00AF4E84">
+          <w:p w14:paraId="76803438" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:after="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>Monograph Section</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Монография бөлімі:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62EC0C36" w14:textId="783463A6" w:rsidR="00D67F65" w:rsidRPr="00AF4E84" w:rsidRDefault="00D67F65" w:rsidP="00AF4E84">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6051B0" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Абылхожин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2022) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Абылхожин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2022: 159)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D2AA4D5" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08023555" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="567" w:hanging="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Абылхожин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ж.Б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Очерк четвертый. Особенности социально–экономических отношений в традиционной структуре. В: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Очерки по истории традиционной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>структуры казахов в первые советские десятилетия: социально–экономические и социокультурные аспекты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Алматы: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>LEM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 2022. С. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>158–188.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C4A8F6" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="567" w:hanging="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Abylkhozhin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zh.B</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ocherk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>chetvertyi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Osobennosti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sotsialno</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ekonomicheskikh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>otnoshenii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> v </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>traditsionnoi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>strukture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. In: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essays on the History of the Traditional Structure of the Kazakhs in the Early Soviet Decades: Socio–Economic and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Socio–Cultural Aspects. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Almaty: LEM </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Publ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2022. Pp. 158–188.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E92D037" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="006F192A" w14:paraId="453A7979" w14:textId="77777777" w:rsidTr="008D6FB5">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="2558"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3831B3AB" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Журнал мақаласы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65C67DA9" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F692547" w14:textId="5A43E5E9" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00D06DB5" w:rsidP="00AF4E84">
+          <w:p w14:paraId="0ACFB4BC" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...20 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Алланиязов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2022)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D5538D5" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="567" w:hanging="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00AB29BF" w:rsidRPr="00AF4E84">
-[...26 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Алланиязов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2022: 10)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4659" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="149D5EEB" w14:textId="23D66A25" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00AB29BF" w:rsidP="00AF4E84">
+          <w:p w14:paraId="2972277C" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:after="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...111 lines deleted...]
-              <w:t>188.</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Алланиязов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.К. «Доклад о боевых действиях оперативной группы в Казахстане в марте, апреле и мае 1930 года», как исторический источник. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вестник Евразийского национального университета им. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Л.Н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Гумилева Серия: Исторические науки. Философия. Религиоведение. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2022. Т.141, No.4, с.7–21. https://doi.org/10.32523/2616–7255–2022–141–4–7–21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70247EE3" w14:textId="24F32CC6" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00AB29BF" w:rsidP="00AF4E84">
+          <w:p w14:paraId="1B618D4D" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...33 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Allaniiazov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> T.K. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Doklad</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boevykh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>deistviiakh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>operativnoi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>gruppy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> v </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kazakhstane</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> v </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>marte</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>aprele</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>mae</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1930 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>istoricheskii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>istochnik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...33 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vestnik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Evraziiskogo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>natsionalnogo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>universiteta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>im</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...122 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>L.N</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Gumileva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Seriia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...63 lines deleted...]
-              <w:t>(In Russian)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Istoricheskie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nauki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Filosofiia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Religiovedenie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2022. Vol.141, no.4, pp.7–21. https://doi.org/10.32523/2616–7255–2022–141–4–7–21 (in Russian)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="744F150A" w14:textId="77777777" w:rsidR="00AB29BF" w:rsidRPr="00AF4E84" w:rsidRDefault="00AB29BF" w:rsidP="00AF4E84">
+          <w:p w14:paraId="087680DE" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D303C" w:rsidRPr="00350CE4" w14:paraId="3425052A" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="0384965C" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="1673"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28305BFE" w14:textId="77777777" w:rsidR="00D67F65" w:rsidRPr="00AF4E84" w:rsidRDefault="00D67F65" w:rsidP="00AF4E84">
+          <w:p w14:paraId="6F52F2F7" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...24 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="333333"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Электронды журнал мақаласы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37CE4C66" w14:textId="77777777" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="5C3FF008" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(Ярыгин и др. 2024)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BE837F4" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> 2022: 10)</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(Ярыгин и др. 2024: 749)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4659" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1954708A" w14:textId="447FBAA3" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00397006">
+          <w:p w14:paraId="36B74556" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="006F192A">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...98 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ярыгин С., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сакенов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С., Шульга В. Комплекс со стелой и рельефным изображением лица в горах </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сандыктау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Северный Казахстан). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Электронный научный журнал «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>du.e</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>–history.kz».</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024. Т.11, no.2. с.748–757). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>DOI</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>: 10.51943/2710–3994_2024_11_2_748–757</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F169DF4" w14:textId="2973F0A8" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="2FEBC8D6" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="006F192A">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...113 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Yarygin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sakenov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S., Shulga V.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kompleks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> so </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>steloi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>relefnym</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>izobrazheniem</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>litsa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> v </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...317 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>gorakh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sandyktau</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Severnyi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kazakhstan).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electronic scientific journal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu.e</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>–history.kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>. 2024. Vol.11, no.2, pp.748–757. DOI: 10.51943/2710–3994_2024_11_2_748–757.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D303C" w:rsidRPr="00397006" w14:paraId="40E16C4D" w14:textId="77777777" w:rsidTr="00BD76B0">
-[...514 lines deleted...]
-      <w:tr w:rsidR="005C3CBE" w:rsidRPr="00AF4E84" w14:paraId="0657D046" w14:textId="77777777" w:rsidTr="005C3CBE">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="168A8D5C" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="175369F9" w14:textId="3DAB2D5F" w:rsidR="0039256B" w:rsidRPr="00AF4E84" w:rsidRDefault="0039256B" w:rsidP="00AF4E84">
+          <w:p w14:paraId="1088E805" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="333333"/>
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="333333"/>
-[...10 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>Web–сайт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қа авторды көрсетусіз сілтеме </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F39BBD0" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="597564C1" w14:textId="0667E93C" w:rsidR="005C3CBE" w:rsidRPr="00AF4E84" w:rsidRDefault="005C3CBE" w:rsidP="00AF4E84">
+          <w:p w14:paraId="14E71D04" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>(Vostlit.info</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Магдебургские</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...9 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>анналы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11021" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="318CEC73" w14:textId="26C9726A" w:rsidR="005C3CBE" w:rsidRPr="00AF4E84" w:rsidRDefault="005C3CBE" w:rsidP="00AF4E84">
+          <w:p w14:paraId="0150DF13" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Магдебургские анналы. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00AF4E84">
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidRPr="00864CA6">
                 <w:rPr>
-                  <w:rStyle w:val="ae"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://www.vostlit.info/Texts/rus12/Bav_geogr/pred4.phtml?id=10249</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00AF4E84">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. Дата обращения 01.04.2025.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C3CBE" w:rsidRPr="00AF4E84" w14:paraId="1A4DF2FB" w14:textId="77777777" w:rsidTr="00C50411">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="6803BB35" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="45F66FFD" w14:textId="77777777" w:rsidR="005C3CBE" w:rsidRPr="00AF4E84" w:rsidRDefault="005C3CBE" w:rsidP="00AF4E84">
+          <w:p w14:paraId="5C5DB167" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1A33097D" w14:textId="77777777" w:rsidR="005C3CBE" w:rsidRPr="00AF4E84" w:rsidRDefault="005C3CBE" w:rsidP="00AF4E84">
+          <w:p w14:paraId="116B9D7E" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11021" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="32FFCC50" w14:textId="0D376E88" w:rsidR="005C3CBE" w:rsidRPr="00AF4E84" w:rsidRDefault="005C3CBE" w:rsidP="00AF4E84">
+          <w:p w14:paraId="68859721" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Magdeburgskie</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>annaly</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="006F192A">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://www.vostlit.info/Texts/rus12/Bav_geogr/pred4.phtml?id=10249"</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>https://www.vostlit.info/Texts/rus12/Bav_geogr/pred4.phtml?id=10249</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">Data </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>obrashcheniia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 01.04.2025.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D303C" w:rsidRPr="00AF4E84" w14:paraId="2398C1BE" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="1F7D770F" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0279F53D" w14:textId="77777777" w:rsidR="0039256B" w:rsidRPr="00AF4E84" w:rsidRDefault="0039256B" w:rsidP="00AF4E84">
+          <w:p w14:paraId="7231C182" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
-                <w:lang w:val="en-US"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="333333"/>
-[...18 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми конференция жинағындағы мақала</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="405CE5C2" w14:textId="77777777" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="79D98F96" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Джампеисова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2010)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="506AC0A8" w14:textId="745B8998" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="2A6654F8" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Джампеисова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2010: 319)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4659" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29E9C21A" w14:textId="2C5E37CF" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="32D68217" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Джампеисова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж. Влияние колониальных реформ Российской империи на функционирование института клятвы у казахов и туркмен: сравнительный анализ. В: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Роль номадов в формировании культурного наследия Казахстана</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. Научные чтения памяти Н.Э. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Масанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. Сборник матер. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>междунар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. науч. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>конф</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...21 lines deleted...]
-              <w:t>320.</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Алматы. 2010. С.305–320.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C820A3" w14:textId="20097C27" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="6A497795" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dzhampeisova</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Vliianie</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kolonialnykh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>reform</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Rossiiskoi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>imperii</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>funktsionirovanie</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>instituta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kliatvy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kazakhov</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>turkmen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>sravnitelnyi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>analiz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>In</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Role of Nomads in the Formation of the Cultural Heritage of Kazakhstan</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. Scientific Readings in Memory of N. É. Masanov. Collection of Materials from the International Scientific Conference. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Almaty</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00397006">
-[...45 lines deleted...]
-              <w:t>(In Russian)</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 2010. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Рp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. 305–320.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D303C" w:rsidRPr="00397006" w14:paraId="751C7FCE" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="006F192A" w14:paraId="6467B92F" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="57EA8469" w14:textId="77777777" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="2B4D2B74" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="790B6725" w14:textId="77777777" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="4A88D309" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Мусабалина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2016)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AE69C90" w14:textId="164BEB1F" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="7E14EE8F" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Мусабалина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2016: 234)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4659" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C113A25" w14:textId="5E73DBC0" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="0410F28B" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Мусабалина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Г.Т</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...45 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Женщина в традиционной казахской семье в XVIII–XIX вв.: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>исторический аспект.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> В: Культура, наука, образование: проблемы и перспективы. Материалы V научно–практической конференции. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нижневартовск: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Изд</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–во: Нижневартовский гос. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ун</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>–та. 2016. Ч.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...21 lines deleted...]
-              <w:t>238.</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. С. 231–238.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="691BA8BA" w14:textId="26EC9DF1" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="19356516" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Musabalina</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> G.T. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zhenshchina</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> v </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>traditsionnoi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kazakhskoi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> seme v XVIII–XIX vv.: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>istoricheskii</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>aspekt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. In: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Culture, Science, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Education: Problems and Prospects. Materials of the 5th Scientific and Practical Conference</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...54 lines deleted...]
-              <w:t>In Russian)</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Nizhnevartovsk: Publishing House of Nizhnevartovsk State University. 2016. Part II. Pp. 231–238.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BF0849F" w14:textId="77777777" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="3073C560" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D303C" w:rsidRPr="00397006" w14:paraId="77479D4A" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="4C4A34D0" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D48ED60" w14:textId="7159D609" w:rsidR="00D67F65" w:rsidRPr="00AF4E84" w:rsidRDefault="00D67F65" w:rsidP="00AF4E84">
+          <w:p w14:paraId="7A381A96" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="en-US"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Description of the thesis or abstract of the thesis:</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Диссертацияның немесе диссертация авторефератының сипаттамасы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CDEA990" w14:textId="35FDC088" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="5560D684" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(Тарасов 2005)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F3CB8A6" w14:textId="623741A8" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="7F1260B0" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(Тарасов 2005: 69)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4659" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C753D7" w14:textId="2A6DBEC8" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="7F143EDD" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Тарасов </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>А.Ю</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Паспортная система и паспортный режим в Советском государстве в 30–е </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>г.г</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>. XX века</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-              <w:t>: дисс. канд. юрид. наук. Москва, 2005. 186 с.</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>: дисс. канд. юрид. наук. Москва. 2005. 186 с.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66E84262" w14:textId="502CC60C" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="46BC9919" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Tarasov </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A.Yu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...208 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The Passport System and Passport Regime in the Soviet State in the 1930s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>: Dissertation for the Degree of Candidate of Legal Sciences. Moscow</w:t>
             </w:r>
-            <w:r w:rsidR="00397006" w:rsidRPr="00397006">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2005. 186 p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00397006">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (In Russian)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D303C" w:rsidRPr="00350CE4" w14:paraId="121DD821" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="21A855F6" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F63552" w14:textId="07884AED" w:rsidR="0039256B" w:rsidRPr="00AF4E84" w:rsidRDefault="0039256B" w:rsidP="00AF4E84">
+          <w:p w14:paraId="55D8FC82" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="333333"/>
-[...4 lines deleted...]
-              <w:t>References in Cyrillic-script languages (e.g., Kazakh, Mongolian, etc.), excluding Slavic languages</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кириллицалық графика (қазақ, монғол және т.б.) славяннан басқа   тілдердегі сілтемелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77F35657" w14:textId="77777777" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="005BE51E" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Жылгельді</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2022) или</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E683A4A" w14:textId="1DDEDE3F" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="607153DD" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Жылгельді</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 2022: 8-9)</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2022: 8–9)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4659" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F912F3A" w14:textId="57ED13DC" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="76AB2651" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Жылгельді</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Ж.С</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Шығыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>өңірі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>шаруа</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>қожалықтарын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>жаппай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>күштеп</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ұжымдастыруға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>қарсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>көтерілістердің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>себептері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Л.Н</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. Гумилев </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>атындағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Еуразия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ұлттық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>университетінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>хабаршысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>. «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Тарих</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ғылымдары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. Философия. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Дінтану</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>сериясы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>».</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...60 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020. Т.130, no.1, б.25–34. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>DOI</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...5 lines deleted...]
-              <w:t>: https://doi.org/10.32523/2616-7255-2020-130-1-25-34</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>: https://doi.org/10.32523/2616–7255–2020–130–1–25–34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB9DAF3" w14:textId="44E6B923" w:rsidR="002D303C" w:rsidRPr="00397006" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="1EE9E245" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zhylgeld</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">і </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Ş</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ğ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ys</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Qazaqstan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>öñı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ı ş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>aruaqojalyqtaryn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>jappai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>üş</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>tep</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ū</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>jymdastyru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ğ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>qarsy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ö</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sterd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ıñ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sebepter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ı</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Prichiny</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>massovykh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vosstanii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>protiv</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>silovoi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kollektivizatsii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>krestianskikh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>khoziaistv</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vostochno</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kazakhstanskom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>regione</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vestnik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Evraziiskogo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>natsionalnogo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>universiteta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>im</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00C316E4" w:rsidRPr="00B12C6A">
-[...343 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L.N</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00081070" w:rsidRPr="002650D1">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00081070" w:rsidRPr="002650D1">
-[...29 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Gumileva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Seriia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Istoricheskie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nauki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Filosofiia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Religiovedenie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00397006">
-[...93 lines deleted...]
-              <w:t>(in Kazakh)</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2022. Vol.130, no.1, рp.7–21.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E8CF217" w14:textId="77777777" w:rsidR="002D303C" w:rsidRPr="00397006" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="0D9A39D3" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7FCDB821" w14:textId="71A1D851" w:rsidR="002D303C" w:rsidRPr="00781DCA" w:rsidRDefault="00397006" w:rsidP="00397006">
+          <w:p w14:paraId="70A91570" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00781DCA">
-[...663 lines deleted...]
-              <w:t xml:space="preserve"> as well.</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Примечание: Ссылка оформляется так же, как и на русском языке. Однако необходимо указать русский перевод названия, желательна также латинская транслитерация по правилам, принятым для данного (казахского) языка. Если статья или журнал, сборник уже содержат оригинальное английское название – необходимо указать и его</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D303C" w:rsidRPr="00AF4E84" w14:paraId="27D800A2" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="0B859BED" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB2998D" w14:textId="5019352C" w:rsidR="0039256B" w:rsidRPr="00AF4E84" w:rsidRDefault="0039256B" w:rsidP="00AF4E84">
+          <w:p w14:paraId="51F683FA" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="333333"/>
-[...9 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="333333"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Еуропалық емес графиканы қолданатын (мысалы, қытай, жапон, араб, армян, грузин, үнді және т.б.) тілдерге </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">(немесе оның бөлігі) сілтеме </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="696131A9" w14:textId="77777777" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="7931DDD7" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Funada</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2018)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DB98BDE" w14:textId="03C08B80" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="09188103" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Funada</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>: 2018: 15)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4659" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72378EB9" w14:textId="52E10BFF" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="0C1A05F7" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="567" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Funada</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Y. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>舩田善之</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>モンゴル帝国の定住民地域に対する拡大と統治</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00AF4E84">
+              </w:rPr>
+              <w:t>転機とその背景</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [The Turning Point of the Mongol Empire: A New Perspective]. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-[...57 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>史学研究</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...23 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Review of Historical Studies</w:t>
             </w:r>
-            <w:r w:rsidR="00397006" w:rsidRPr="00397006">
-[...22 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>]. 2018. No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>300</w:t>
             </w:r>
-            <w:r w:rsidR="00C316E4" w:rsidRPr="00397006">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>рр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...24 lines deleted...]
-              <w:t>29.</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1–29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E010076" w14:textId="7DC5045B" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="5D639F35" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="MS Mincho"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Funada</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Y. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>舩田善之</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>モンゴル帝国の定住民地域に対する拡大と統治</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>転機とその背景</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Ёсиюки</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Фунада</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...21 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экспансия и господство Монгольской империи в оседлых районах: поворотные моменты и их предпосылки ‒ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Yosiyuki</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Funada</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ekspansiya</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>gospodstvo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Mongol'skoy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>imperii</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> v </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>osedlykh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>rayonakh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>povorotnyye</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>momenty</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ikh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>predposylki</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
+            <w:r w:rsidRPr="00864CA6">
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>史学研究</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Review of Historical Studies.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">2018. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...52 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.300, рр.1–29.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (in Japanese)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="586B4F8F" w14:textId="0D7ADA4B" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="51DFA339" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D303C" w:rsidRPr="00350CE4" w14:paraId="470B5E9D" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="006F192A" w14:paraId="3380D4B6" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14589" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="08C34A70" w14:textId="0FC5E23E" w:rsidR="001D3213" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="1FBB7AE3" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve">* </w:t>
             </w:r>
-            <w:r w:rsidR="001D3213" w:rsidRPr="00AF4E84">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> for Japanese, etc.);● If the journal or article already includes an English translation, provide that as well; specify the language of publication (in Chinese, in Korean, in Georgian, etc.);● If you want the original script of the title to be included, send the font you used for that language. However, you must first verify whether the font is licensed for use in PDF format (this can be done by attempting to create a PDF from your manuscript file). If not, the text will need to be re-typed in a different font.</w:t>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Еуропалықтан басқа (латын, кириллица, немесе грек) өзге графика тіліндегі әдебиетке сілтеме жасалған кезде сақталатын шарттар: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76661B3F" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ● түпнұсқаның атауы (латын немесе кириллицаға транслит міндетті, бастапқы емлесіне рұқсат етіледі); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46303659" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>● аударма (қай бөлігі автордың есімін білдіреді, қайсысы мақаланың, қайсысы журнал немесе жинақтың, қайсысы баспаның атауы, жұмыс басылған баспа, мекеме және т.б.) көрсетілу керек);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42A1D4EA" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>● берілген тіл үшін қабылданған ереже бойынша латын транслитерациясы (қытай тілі үшін – пинъинъ, жапон тілі үшін – ромадзи және т.б.);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5571F404" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>● егер журнал немесе мақаланың ағылшын тіліндегі аудармасы болса, онда сол аударманы беріңіз; жұмыстың қай тілде басылғаны (in Chinese, in Korean, in Georgian, etc.) көрсетілу керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FAB2395" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">● егер сіз атаудың бастапқы емлесін келтіруді қажет деп тапсаңыз – онда сәйкес тілге қолданған шрифтіні жолдайсыз. Алайда алдын ала  PDF форматын (ол үшін сіздің қолжазба файлдан PDF форматын жасау жеткілікті)  пайдалану үшін берілген шрифтінің лицензиясын тексеру қажет. Лицензия болмаған жағдайда мәтінді өзге шрифтімен қайта теруге тура келеді. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D303C" w:rsidRPr="00AF4E84" w14:paraId="33CE0BB7" w14:textId="77777777" w:rsidTr="00BD76B0">
+      <w:tr w:rsidR="00864CA6" w:rsidRPr="00864CA6" w14:paraId="6DB757E6" w14:textId="77777777" w:rsidTr="008D6FB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17F6EDFF" w14:textId="08360059" w:rsidR="00D67F65" w:rsidRPr="00AF4E84" w:rsidRDefault="00D67F65" w:rsidP="00AF4E84">
+          <w:p w14:paraId="706D0BD4" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> sources</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мұрағат дереккөздері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="674B800E" w14:textId="6DB1E315" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="226BA952" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="ac"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Оформляются отдельным списком – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Ескертулер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Notes / Примечания (в зависимости от языка статьи)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11031" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1890BB" w14:textId="77777777" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="174B7872" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="af"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk189257196"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Постановление </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>КазЦИК</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> СНК </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>КазАССР</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> от 30.08. 1928. Учета скота крупных баев, подлежащих выселению в порядке декрета </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>КазЦИК</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> и Совнаркома от 27 августа, 1928 г</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>. Абай облысы мемлекеттік архиві (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>АОМА</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">. 74 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қ</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>. 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> т</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">. 25 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">с. 10 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w14:paraId="7FA338FC" w14:textId="0F73B562" w:rsidR="002D303C" w:rsidRPr="00AF4E84" w:rsidRDefault="002D303C" w:rsidP="00AF4E84">
+          <w:p w14:paraId="45587618" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
             <w:pPr>
-              <w:pStyle w:val="af"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF4E84">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00864CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Информация о Суэцком канале. Архив внешней политики Российской Империи (далее АВПРИ) ф.</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">149, оп. 502/1, д. 2415, л. 12-15. </w:t>
+              <w:t xml:space="preserve">Информация о Суэцком канале. Архив внешней политики Российской Империи (далее АВПРИ) ф.149, оп. 502/1, д. 2415, л. 12–15. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A4CEA32" w14:textId="77777777" w:rsidR="00483171" w:rsidRPr="00A32FBC" w:rsidRDefault="00483171" w:rsidP="00AF4E84">
+    <w:p w14:paraId="2DB402F3" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00483171" w:rsidRPr="00A32FBC" w:rsidSect="00483171">
+    <w:p w14:paraId="6DE1E96F" w14:textId="77777777" w:rsidR="00864CA6" w:rsidRPr="00864CA6" w:rsidRDefault="00864CA6" w:rsidP="00864CA6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5139445C" w14:textId="0E718AF1" w:rsidR="004F63C6" w:rsidRPr="00864CA6" w:rsidRDefault="004F63C6" w:rsidP="00864CA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004F63C6" w:rsidRPr="00864CA6" w:rsidSect="00864CA6">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -9384,295 +7478,147 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...88 lines deleted...]
-  <w:num w:numId="2" w16cid:durableId="1688560834">
+  <w:num w:numId="1" w16cid:durableId="1881555239">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CD79D8"/>
-[...19 lines deleted...]
-    <w:rsid w:val="003C7E92"/>
+    <w:rsidRoot w:val="00960208"/>
+    <w:rsid w:val="000A2B4F"/>
+    <w:rsid w:val="000B0C30"/>
+    <w:rsid w:val="000C2C89"/>
+    <w:rsid w:val="000C7F33"/>
+    <w:rsid w:val="0010504B"/>
+    <w:rsid w:val="001E562C"/>
+    <w:rsid w:val="00215132"/>
+    <w:rsid w:val="00260E00"/>
     <w:rsid w:val="003D517F"/>
-    <w:rsid w:val="003E7565"/>
-[...34 lines deleted...]
-    <w:rsid w:val="00A568A5"/>
+    <w:rsid w:val="004620B1"/>
+    <w:rsid w:val="00493AD1"/>
+    <w:rsid w:val="004F63C6"/>
+    <w:rsid w:val="0052722C"/>
+    <w:rsid w:val="005B57CD"/>
+    <w:rsid w:val="005F1235"/>
+    <w:rsid w:val="0068470B"/>
+    <w:rsid w:val="006F192A"/>
+    <w:rsid w:val="007B075C"/>
+    <w:rsid w:val="007D6168"/>
+    <w:rsid w:val="00824844"/>
+    <w:rsid w:val="00856E87"/>
+    <w:rsid w:val="00864CA6"/>
+    <w:rsid w:val="009401E5"/>
+    <w:rsid w:val="00960208"/>
+    <w:rsid w:val="00A66FCF"/>
     <w:rsid w:val="00A9244D"/>
-    <w:rsid w:val="00AB29BF"/>
-[...32 lines deleted...]
-    <w:rsid w:val="00FE7AB8"/>
+    <w:rsid w:val="00B1275F"/>
+    <w:rsid w:val="00BB5CB9"/>
+    <w:rsid w:val="00C42CAF"/>
+    <w:rsid w:val="00C9177E"/>
+    <w:rsid w:val="00CE15A5"/>
+    <w:rsid w:val="00D1282C"/>
+    <w:rsid w:val="00DA50F2"/>
+    <w:rsid w:val="00DD4ED4"/>
+    <w:rsid w:val="00DD7196"/>
+    <w:rsid w:val="00DD72D6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="62CCFA14"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{A5EEEEF5-63EB-43C4-863E-3A5EDB829C59}"/>
+  <w14:docId w14:val="68793F45"/>
+  <w15:docId w15:val="{30EF8AF1-B498-4540-8DD0-C7E19C4F5584}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10018,878 +7964,705 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D06DB5"/>
+    <w:rsid w:val="00960208"/>
+    <w:pPr>
+      <w:spacing w:line="256" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40"/>
+      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40"/>
+      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="Заголовок 8 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="90">
     <w:name w:val="Заголовок 9 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Заголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Подзаголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="22"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
-      <w:spacing w:before="160"/>
+      <w:spacing w:before="160" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="22">
     <w:name w:val="Цитата 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="21"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
-      <w:spacing w:before="360" w:after="360"/>
+      <w:spacing w:before="360" w:after="360" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Выделенная цитата Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
-[...27 lines deleted...]
-  <w:style w:type="character" w:styleId="ae">
+  <w:style w:type="character" w:styleId="ac">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CD79D8"/>
+    <w:rsid w:val="00960208"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af">
-[...5 lines deleted...]
-    <w:rsid w:val="007A528B"/>
+  <w:style w:type="table" w:styleId="ad">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00960208"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="20"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
-  </w:style>
-[...22 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af2">
-[...5 lines deleted...]
-    <w:rsid w:val="00BD76B0"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="ad"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00864CA6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
-  </w:style>
-[...3 lines deleted...]
-    <w:rsid w:val="00397006"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...143 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32523/2616-7255-2022-141-4-7-21" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32523/2616-7255-2022-141-4-7-21" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qazlat.kz/ru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.translit.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vostlit.info/Texts/rus12/Bav_geogr/pred4.phtml?id=10249" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vostlit.info/Texts/rus12/Bav_geogr/pred4.phtml?id=10249" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vostlit.info/Texts/rus12/Bav_geogr/pred4.phtml?id=10249" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -10897,51 +8670,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -11102,77 +8875,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1623</Words>
-  <Characters>9253</Characters>
+  <Words>1537</Words>
+  <Characters>8761</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10855</CharactersWithSpaces>
+  <CharactersWithSpaces>10278</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Albina Zhanbossinova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>