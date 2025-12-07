--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -1,2754 +1,3438 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="21F743C3" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="005B42C4">
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="55A3B74C" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Research Article</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25EF5E84" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="005B42C4">
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="04BBD41A" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>IRSTI 03.20.00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B09BD26" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="005B42C4">
-[...38 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="34C495BB" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B0E7D2" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(14 кегль)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75698DC9" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="00060BE7">
+    <w:p w14:paraId="41BA48AB" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D713DD8" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="00902BE6">
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="228298D2" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00880C14">
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Digital History in Central Asia: Initiatives, Regional Specifics and Community</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B630EC9" w14:textId="77777777" w:rsidR="006E7EFD" w:rsidRDefault="006E7EFD" w:rsidP="00902BE6">
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="072D7BD2" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76F3DE5C" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ashimova</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...14 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Smolin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6466DC70" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="00902BE6">
-[...18 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="04A65CAC" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Friedrich Alexander University Erlangen-Nuremberg, Germany</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5923A647" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="00902BE6">
-[...16 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="7D3DDFAA" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">b </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Russian University for the Humanities, Moscow, Russia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47AED9B8" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="00902BE6">
+    <w:p w14:paraId="49BA6AE7" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>gaposfec03@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="19E33F36" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="00060BE7">
+    <w:p w14:paraId="0FA3FA5C" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3DFCCC84" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="005B42C4">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20C8581E" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(12 кегль)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E92F52" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...52 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CC92E03" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Abstract:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...68 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>text text text text text texttext text text text text texttext text text text text texttext text text (12 кегль) не менее 300 не более 400</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF6FF08" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>хххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххххх</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA0DD3E" w14:textId="4FC2D90D" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="00060BE7">
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="0AA2BCDC" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> digital humanities; digital history; 3D modelling of cultural heritage; community building </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>10-12 слов</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D79ADD1" w14:textId="77777777" w:rsidR="006E7EFD" w:rsidRDefault="006E7EFD" w:rsidP="006E7EFD">
+    <w:p w14:paraId="20340D6E" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="58401C27" w14:textId="423B069E" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="006E7EFD">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07F3EFB5" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Funding.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> The research was carried out within the framework of the project "xxxxxxxxxxxxxxxxxxxxxx</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">”. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">under the programme of grant financing of the Committee of Science of the Ministry of Science and Higher Education of the Republic of Kazakhstan (Project IRN: APxxxxxxx). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D02DA42" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+    <w:p w14:paraId="343FB5D1" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="770D4EA3" w14:textId="1E0410BD" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B2EDC36" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Орталық Азиядағы цифрлық тарих: бастамалар, аймақтық ерекшеліктер және қоғамдастық</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="548EAC6A" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+    <w:p w14:paraId="1FC2A975" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="00793940" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09EBBCEE" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ашимова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Смолин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="264F7672" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+    <w:p w14:paraId="33BBBE9E" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Александр Мюллер атындағы Эрланген-Нюрнберг Университеті, Германия</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517FAB3C" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+    <w:p w14:paraId="448C8A2A" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Ресей Гуманитарлық Университеті, Мәскеу, Ресей</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D90300" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00880C14">
+    <w:p w14:paraId="5E9D5422" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54B18540" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="202124"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="202124"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...72 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Аңдатпа (не менее 300 не более 400 слов).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бұл мақалада Қазақстан, Қырғызстан және Өзбекстанға бағытталған Орталық Азиядағы цифрлық тарих саласындағы бастамалардың дамуы зерттеледі. Өңірдегі цифрлық гуманитарлық ғылымдар саласындағы сын-қатерлер, мүмкіндіктер мен үрдістер қарастырылады, мәдени мұраны зерттеу және сақтау үшін постколониялық перспективалар мен практикалық цифрлық әдістерді енгізудің маңыздылығы атап өтіледі. Зерттеу қазіргі цифрлық тарих жобаларын жан-жақты талдау үшін әдебиеттерге шолулар, сұхбаттар, сауалнамалар, далалық сапарлар және кейстерді қоса алғанда, аралас әдістемелік тәсілді қолданады. Орталық Азиядағы цифрлық гуманитарлық ғылымдардың өсуіне қарамастан, мақалада халықаралық форумдарда өкілдіктің жеткіліксіздігі, шектеулі ғылыми инфрақұрылымдар және батыстық немесе ресейлік көзқарастардың басым болуы сияқты кедергілер анықталды. Орталық Азиядағы цифрлық тарихшылар қауымдастығын дамытуға және оның қажеттіліктерін зерттеуге көп көңіл бөлінеді. Мақалада 3D сияқты инновациялық технологиялар арқылы тарихи әңгімелерді отарсыздандыру және мәдени мұраны сақтауды жақсарту үшін цифрлық гуманитарлық ғылымдардың әлеуеті көрсетілген. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2543C9D1" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="3951CD7B" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Түйінді сөздер (10-12 слов).</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сандық гуманитарлық ғылымдар; цифрлық тарих; тарих 3D мәдени мұраны модельдеу; қоғамдастық құру (точку не ставить)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A2163E" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+    <w:p w14:paraId="1244AA5F" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="493C0EA8" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F48CB50" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Цифровая история в Центральной Азии: инициативы, региональная специфика и сообщество</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200B1D79" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+    <w:p w14:paraId="56AC9CDE" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="657667A6" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="370AE490" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ашимова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...14 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Смолин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F228593" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+    <w:p w14:paraId="37EF4214" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>У</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">ниверситет Александра Мюллера Эрлангене-Нюрнберге, Германия </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A6B54B5" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+    <w:p w14:paraId="70C6C3F7" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Российский гуманитарный университет, Москва, Россия </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329D8AC8" w14:textId="77777777" w:rsidR="00060BE7" w:rsidRPr="00880C14" w:rsidRDefault="00060BE7" w:rsidP="00060BE7">
+    <w:p w14:paraId="1458DE9B" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...25 lines deleted...]
-        <w:t>Аннотация (</w:t>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3060AE29" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Аннотация (не менее 300 не более 400 слов).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В данной статье рассматривается развитие инициатив в области цифровой истории в Центральной Азии с акцентом на Казахстан, Кыргызстан и Узбекистан. В нем рассматриваются проблемы, возможности и тенденции в области цифровых гуманитарных наук в регионе, подчеркивается важность учета постколониальных перспектив и практических цифровых методов для исследований и сохранения культурного наследия. В исследовании используется смешанный подход, включающий обзоры литературы, интервью, опросы, посещение объектов и тематические исследования, чтобы обеспечить всесторонний анализ текущих проектов в области цифровой истории. Несмотря на рост цифровых гуманитарных наук в Центральной Азии, в статье выявлены такие препятствия, как недопредставленность на международных форумах, ограниченная исследовательская инфраструктура и преобладание западных или российских точек зрения. Значительное внимание уделяется развитию сообщества цифровой истории в Центральной Азии и изучению его потребностей. В статье подчеркивается потенциал цифровых гуманитарных наук в деколонизации исторических нарративов и улучшении сохранения культурного наследия с помощью инновационных средств, таких как 3D-технологии. В заключение подчеркивается важность разработки региональных рамок и укрепления сотрудничества для продвижения цифровой истории в Центральной Азии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08062A2C" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ключевые слова (10-12):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цифровые гуманитарные науки; цифровая история; 3D-моделирование культурного наследия; формирование сообщества (точку не ставить)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8C9433" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1E6DE5" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D6AF6AE" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Text of the article in the language provided by the author (14 кегль)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B86613B" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D4CDD1E" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Introduction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CB82B7" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Methods and materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126296E0" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Literary (historiographic) review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B42D488" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Results with indication of the author's thematic subsections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE05858" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Discussion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22AA1A63" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Conclusion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C30986" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Acknowledgments in three languages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F515769" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E932931" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">References </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA012AB" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DF90A1B" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Information about authors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16057B70" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B5D320E" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Elena A. Ashimova</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – researcher at the Chair of Modern and Eastern European History, Alexander Muller University Erlangen-Nuremberg, Bismarckstr. 102, 91374, Erlangen, Germany</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...407 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00355EF5" w:rsidRPr="00355EF5">
-[...209 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0001-0032-9727-3974</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00880C14">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>gaposfec03@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5585DF33" w14:textId="64DE2473" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="005B42C4">
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="71563007" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gennady I. Smolin ‒ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D41B8" w:rsidRPr="00880C14">
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Researcher, Candidate of Historical Sciences, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian University for the Humanities, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tverskaya, 54/1, 010598, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Moscow, Russia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...36 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0581-0102-5627-8774</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00880C14">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>smagi@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0BD09B25" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="005B42C4">
+    <w:p w14:paraId="127D80F2" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5CDC9855" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRDefault="005B42C4" w:rsidP="00A77D53">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73C875E3" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>Авторлар туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18630ECE" w14:textId="77777777" w:rsidR="00A77D53" w:rsidRPr="00060BE7" w:rsidRDefault="00A77D53" w:rsidP="00A77D53">
+    <w:p w14:paraId="6C5F8B96" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287AD8BA" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Елена Алексеевна</w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D41B8" w:rsidRPr="00880C14">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Ашимова</w:t>
       </w:r>
-      <w:r w:rsidR="009D41B8" w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Фридрих Александр атындағы Эрланген-Нюрнберг университетінің қазіргі және Шығыс Еуропа тарихы кафедрасының ғылыми қызметкері, Бисмарк көш. 12, 91054, Эрланген, Германия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...7 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0001-0032-9727-3974</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>gaposfec03@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C7C2560" w14:textId="00ABE609" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="005B42C4">
-[...38 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="0BD92C51" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Геннадий Иванович Смолин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‒ ғылыми қызметкер, тарих ғылымдарының кандидаты, Ресей гуманитарлық университеті, Тверь, 54/1, 010598, Мәскеу, Ресей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880C14">
-[...17 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0581-0102-5627-8774</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00880C14">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>smagi@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="01B2A8EC" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="005B42C4">
+    <w:p w14:paraId="2585E39D" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3E071F6E" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRDefault="005B42C4" w:rsidP="00A77D53">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C79BCC1" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Сведения об авторах</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D75170D" w14:textId="77777777" w:rsidR="00A77D53" w:rsidRPr="00060BE7" w:rsidRDefault="00A77D53" w:rsidP="00A77D53">
+    <w:p w14:paraId="054AECDE" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">научный сотрудник кафедры современной и восточно-европейской истории Университета Александра Мюллера Эрланген-Нюрнберг, ул. Бисмарка, 102, 91374, Эрланген, Германия. </w:t>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="266DAF55" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Елена Алексеевна Ашимова– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>научный сотрудник кафедры современной и восточно-европейской истории Университета Александра Мюллера Эрланген-Нюрнберг, ул. Бисмарка, 102, 91374, Эрланген, Германия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="005B42C4" w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0001-0032-9727-3974</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005B42C4" w:rsidRPr="00880C14">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="005B42C4" w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>gaposfec03@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7CB562C7" w14:textId="37A59753" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="009D41B8" w:rsidP="005B42C4">
-[...41 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="58EC0993" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Геннадий Иванович Смолин ‒ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>научный сотрудник, кандидат исторических наук,</w:t>
       </w:r>
-      <w:r w:rsidR="005B42C4" w:rsidRPr="00880C14">
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B42C4" w:rsidRPr="00880C14">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Российский гуманитарный университет, Тверская, 54/1, 010598, Москва, Россия. </w:t>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Российский гуманитарный университет, Тверская, 54/1, 010598, Москва, Россия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="005B42C4" w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0581-0102-5627-8774</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005B42C4" w:rsidRPr="00880C14">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="005B42C4" w:rsidRPr="00880C14">
+        <w:r w:rsidRPr="00DD3686">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>smagi@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="559B6DD8" w14:textId="77777777" w:rsidR="005B42C4" w:rsidRPr="00880C14" w:rsidRDefault="005B42C4" w:rsidP="005B42C4">
-[...11 lines deleted...]
-    <w:p w14:paraId="4E4235EF" w14:textId="2474947B" w:rsidR="008B48FF" w:rsidRPr="00880C14" w:rsidRDefault="008B48FF" w:rsidP="008B48FF">
+    <w:p w14:paraId="723820FE" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E56B33F" w14:textId="77777777" w:rsidR="00F35C1C" w:rsidRPr="00DD3686" w:rsidRDefault="00F35C1C" w:rsidP="00F35C1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...28 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD3686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Authors contribution. in three languages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280F6820" w14:textId="77777777" w:rsidR="003C0676" w:rsidRPr="003C0676" w:rsidRDefault="003C0676" w:rsidP="003C0676">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75D8BA19" w14:textId="48A7E96B" w:rsidR="003C0676" w:rsidRPr="003C0676" w:rsidRDefault="003C0676" w:rsidP="003C0676">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Disclosure of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>conflict of interest</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>The author claims no conflict of interest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Мүдделер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00355EF5" w:rsidRPr="00355EF5">
-[...14 lines deleted...]
-    <w:p w14:paraId="5D1BF029" w14:textId="77777777" w:rsidR="008B48FF" w:rsidRPr="00880C14" w:rsidRDefault="008B48FF" w:rsidP="008B48FF">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қақтығысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ашу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Автор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>мүдделер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қақтығысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>жоқтығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>мәлімдейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Раскрытие информации о конфликте интересов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Авторы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>заявляют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>отсутствии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>конфликта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>интересов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="211D1E"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736579C8" w14:textId="77777777" w:rsidR="003D517F" w:rsidRPr="003C0676" w:rsidRDefault="003D517F" w:rsidP="003C0676">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-    <w:sectPr w:rsidR="003D517F" w:rsidRPr="00880C14" w:rsidSect="005B42C4">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003D517F" w:rsidRPr="003C0676">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005B42C4"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00355EF5"/>
+    <w:rsidRoot w:val="00F35C1C"/>
+    <w:rsid w:val="003C0676"/>
     <w:rsid w:val="003D517F"/>
-    <w:rsid w:val="004C2A91"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00A77D53"/>
+    <w:rsid w:val="003E335E"/>
+    <w:rsid w:val="004620B1"/>
     <w:rsid w:val="00A9244D"/>
-    <w:rsid w:val="00E74F8E"/>
+    <w:rsid w:val="00F35C1C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="270A9652"/>
+  <w14:docId w14:val="706432DC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{173D84C4-3D23-471E-A757-72C5C1BEB26C}"/>
+  <w15:docId w15:val="{104570E7-31F9-47C9-9378-6C7FDDD2DF00}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3108,628 +3792,574 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F35C1C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
-      <w:lang w:val="ru-KZ"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
-      <w:lang w:val="ru-KZ"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="ru-KZ"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-      <w:kern w:val="2"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-      <w:kern w:val="2"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
-      <w:kern w:val="2"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
-      <w:kern w:val="2"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="Заголовок 8 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="90">
     <w:name w:val="Заголовок 9 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
-      <w:lang w:val="ru-KZ"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Заголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
-      <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="ru-KZ"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Подзаголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="22"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
-      <w:spacing w:before="160" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
-      <w:kern w:val="2"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="22">
     <w:name w:val="Цитата 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="21"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
-      <w:spacing w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
-      <w:spacing w:before="360" w:after="360" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Выделенная цитата Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="005B42C4"/>
+    <w:rsid w:val="00F35C1C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smagi@mail.ru" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0001-0032-9727-3974" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0581-0102-5627-8774" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smagi@mail.ru" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smagi@mail.ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gaposfec03@mail.ru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0581-0102-5627-8774" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0001-0032-9727-3974" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0581-0102-5627-8774" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gaposfec03@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gaposfec03@mail.ru" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0001-0032-9727-3974" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gaposfec03@mail.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -3994,69 +4624,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1039</Words>
-  <Characters>5925</Characters>
+  <Words>1074</Words>
+  <Characters>6122</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6951</CharactersWithSpaces>
+  <CharactersWithSpaces>7182</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Albina Zhanbossinova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>